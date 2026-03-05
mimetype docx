--- v0 (2025-10-16)
+++ v1 (2026-03-05)
@@ -1,425 +1,581 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00EA421B" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+    <w:p w14:paraId="4FE6BCB9" w14:textId="77777777" w:rsidR="00EA421B" w:rsidRDefault="0081236C" w:rsidP="0081236C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081236C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PLNÁ MOC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
-[...8 lines deleted...]
-    <w:p w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+    <w:p w14:paraId="4FE6BCBA" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCBB" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Já ………………………………………………………………………………………………..</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>Já …………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE6BCBC" w14:textId="1EA2EC29" w:rsidR="00A14313" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">uděluji </w:t>
       </w:r>
       <w:r w:rsidR="00A14313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ve smyslu čl. 8</w:t>
       </w:r>
       <w:r w:rsidR="009442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A14313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> odst. 1) Stanov SBD </w:t>
+        <w:t xml:space="preserve"> odst. 1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14313" w:rsidRPr="00F55ACE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanov </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0A83" w:rsidRPr="00F55ACE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stavebního bytového družstva Pelhřimov, IČO:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72309">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="002672B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>222721</w:t>
+      </w:r>
+      <w:r w:rsidR="00522437">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dále jen „SBD“)</w:t>
+      </w:r>
+      <w:r w:rsidR="002672B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>plnou moc</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00A14313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14313" w:rsidRDefault="00A14313" w:rsidP="0081236C">
-[...8 lines deleted...]
-    <w:p w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+    <w:p w14:paraId="4FE6BCBD" w14:textId="77777777" w:rsidR="00A14313" w:rsidRDefault="00A14313" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCBE" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+    <w:p w14:paraId="4FE6BCBF" w14:textId="5D7DA947" w:rsidR="0081236C" w:rsidRDefault="00522437" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55ACE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k mému zastoupení při </w:t>
+      </w:r>
+      <w:r w:rsidR="0081236C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jednání členské schůze samosprávy</w:t>
+      </w:r>
+      <w:r w:rsidR="0063557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> domu čp. ……… v ……………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0063557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0063557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC0" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="00A14313" w:rsidP="0081236C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pro jednání členské schůze samosprávy</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0081236C" w:rsidRDefault="00A14313" w:rsidP="0081236C">
+        <w:t xml:space="preserve">která se uskuteční </w:t>
+      </w:r>
+      <w:r w:rsidR="0081236C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dne …………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0081236C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0081236C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC1" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="00A14313" w:rsidP="0081236C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">která se uskuteční </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">     Jmenovaný je oprávněn mým jménem na členské </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Jmenovaný je oprávněn mým jménem na členské schůzi  vykonávat všechna má práva, která mi ve smyslu stanov SBD v tomto případě přísluší.</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t>schůzi  vykonávat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> všechna má práva, která mi ve smyslu stanov SBD v tomto případě přísluší.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC2" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC3" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>V ……………………………. dne ………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
-[...26 lines deleted...]
-    <w:p w:rsidR="0081236C" w:rsidRPr="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+    <w:p w14:paraId="4FE6BCC4" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC5" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC6" w14:textId="77777777" w:rsidR="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE6BCC7" w14:textId="77777777" w:rsidR="0081236C" w:rsidRPr="0081236C" w:rsidRDefault="0081236C" w:rsidP="0081236C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Plnou moc přijímám</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0081236C" w:rsidRPr="0081236C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0081236C"/>
+    <w:rsid w:val="002672B4"/>
+    <w:rsid w:val="00461E24"/>
+    <w:rsid w:val="00484D37"/>
+    <w:rsid w:val="00522437"/>
     <w:rsid w:val="00563FDC"/>
+    <w:rsid w:val="005F649C"/>
     <w:rsid w:val="0063557E"/>
     <w:rsid w:val="0081236C"/>
     <w:rsid w:val="00874055"/>
     <w:rsid w:val="009442E6"/>
     <w:rsid w:val="00A14313"/>
+    <w:rsid w:val="00A72309"/>
     <w:rsid w:val="00B63623"/>
+    <w:rsid w:val="00BC54CB"/>
     <w:rsid w:val="00C27623"/>
+    <w:rsid w:val="00CD5934"/>
     <w:rsid w:val="00D04DAB"/>
     <w:rsid w:val="00D74DB6"/>
     <w:rsid w:val="00EA421B"/>
+    <w:rsid w:val="00F55ACE"/>
+    <w:rsid w:val="00FF0A83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4FE6BCB9"/>
   <w15:docId w15:val="{42998FAC-4435-4E67-9A86-53D5140A6BF8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -747,87 +903,102 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revize">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FF0A83"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv systému Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1084,65 +1255,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>63</Words>
-  <Characters>373</Characters>
+  <Words>75</Words>
+  <Characters>447</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>435</CharactersWithSpaces>
+  <CharactersWithSpaces>521</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Matiasek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>